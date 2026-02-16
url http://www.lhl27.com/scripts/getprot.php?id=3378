--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -147,60 +147,60 @@
   <si>
     <t>Скрынник Евгений</t>
   </si>
   <si>
     <t>Лебедев Евгений</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
   <si>
     <t>Марткачаков Сергей</t>
   </si>
   <si>
     <t>Минорский Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
+    <t>Стасюкевич Константин</t>
+  </si>
+  <si>
+    <t>05-40</t>
+  </si>
+  <si>
+    <t>03-15</t>
+  </si>
+  <si>
     <t>Одинец Александр</t>
-  </si>
-[...7 lines deleted...]
-    <t>Стасюкевич Константин</t>
   </si>
   <si>
     <t>14-35</t>
   </si>
   <si>
     <t>07-00</t>
   </si>
   <si>
     <t>Зенков Михаил</t>
   </si>
   <si>
     <t>21-58</t>
   </si>
   <si>
     <t>20-46</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
     <t>43-20</t>
   </si>
   <si>
     <t>30-00</t>
   </si>