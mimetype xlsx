--- v0 (2025-12-06)
+++ v1 (2026-02-15)
@@ -123,65 +123,65 @@
   <si>
     <t>11-03</t>
   </si>
   <si>
     <t>26-20</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>23-20</t>
   </si>
   <si>
     <t>33-17</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>26-42</t>
   </si>
   <si>
     <t>34-26</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
+    <t>27-18</t>
+  </si>
+  <si>
+    <t>40-15</t>
+  </si>
+  <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>27-18</t>
-[...7 lines deleted...]
-  <si>
     <t>28-01</t>
   </si>
   <si>
     <t>43-02</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>33-43</t>
   </si>
   <si>
     <t>43-31</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>37-01</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
@@ -225,54 +225,54 @@
   <si>
     <t>07-53</t>
   </si>
   <si>
     <t>03-40</t>
   </si>
   <si>
     <t>27-05</t>
   </si>
   <si>
     <t>35-22</t>
   </si>
   <si>
     <t>Хан Александр</t>
   </si>
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
+    <t>Борисов Егор</t>
+  </si>
+  <si>
     <t>Лубков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Борисов Егор</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1143,96 +1143,96 @@
       </c>
       <c r="O8" s="6">
         <v>23</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>5</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>33</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="K9" s="6">
         <v>23</v>
       </c>
       <c r="L9" s="6">
         <v>17</v>
       </c>
       <c r="M9" s="8">
         <v>99</v>
       </c>
       <c r="N9" s="6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="O9" s="6">
         <v>33</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>3</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>33</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K10" s="6">
         <v>18</v>
       </c>
       <c r="L10" s="6">
         <v>17</v>
       </c>
       <c r="M10" s="8">
         <v>99</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O10" s="6">
         <v>75</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
@@ -1941,51 +1941,51 @@
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>8</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="O34" s="7">
         <v>24</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>7</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>10</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
@@ -2134,51 +2134,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>30</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>32</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>