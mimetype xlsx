--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -126,59 +126,59 @@
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>Сыроежкин Николай</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29:55</t>
   </si>
   <si>
     <t>26:40</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33:30</t>
   </si>
   <si>
+    <t>Тодоровский Артем</t>
+  </si>
+  <si>
+    <t>38:45</t>
+  </si>
+  <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
-    <t>38:45</t>
-[...4 lines deleted...]
-  <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Разумовский Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
@@ -204,54 +204,54 @@
   <si>
     <t>29:40</t>
   </si>
   <si>
     <t>Осипенко Кирилл</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>38:30</t>
   </si>
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>Дмитриев Максим</t>
   </si>
   <si>
+    <t>Шкинев Юрий</t>
+  </si>
+  <si>
     <t>Абрамов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шкинев Юрий</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Ходаков Иван</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Пшеничнов Максим</t>
   </si>
   <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Кузнецов Глеб</t>
   </si>
@@ -1111,86 +1111,86 @@
       </c>
       <c r="O8" s="6">
         <v>49</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>1</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>10</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O9" s="6">
         <v>10</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>13</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>10</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1905,78 +1905,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>13</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>13</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>18</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>