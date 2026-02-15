--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -159,57 +159,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>25-48</t>
   </si>
   <si>
     <t>Басенко Павел</t>
   </si>
   <si>
     <t>27-20</t>
   </si>
   <si>
     <t>Салогуб Алексей</t>
   </si>
   <si>
     <t>37-05</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
+    <t>42-37</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дылев Максим</t>
   </si>
   <si>
     <t>Разинкин Сергей</t>
   </si>
   <si>
     <t>Власов Дмитрий</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
     <t>Лошкович Андрей</t>
   </si>
   <si>
     <t>Верещагин Владислав</t>
   </si>
@@ -1664,88 +1664,88 @@
       <c r="L32" s="7">
         <v>97</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>24</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K33" s="7">
         <v>97</v>
       </c>
       <c r="L33" s="7">
         <v>99</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>24</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>27</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>