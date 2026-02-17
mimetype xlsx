--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -147,63 +147,63 @@
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Креган Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
   <si>
     <t>Храпак Константин</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>06:56</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
+    <t>ПВ</t>
+  </si>
+  <si>
+    <t>44:20</t>
+  </si>
+  <si>
+    <t>18:49</t>
+  </si>
+  <si>
     <t>Лазарев Владимир</t>
-  </si>
-[...10 lines deleted...]
-    <t>Заикин Илья</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>33:30</t>
   </si>
   <si>
     <t>Пронкевич Александр</t>
   </si>
   <si>
     <t>34:55</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>40:15</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
   </si>
@@ -1782,51 +1782,51 @@
       </c>
       <c r="O35" s="7">
         <v>8</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>3</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>29</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>31</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>