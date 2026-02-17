--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -138,54 +138,54 @@
   <si>
     <t>42-34</t>
   </si>
   <si>
     <t>Жилин Николай</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Сапунков Руслан</t>
   </si>
   <si>
     <t>Матвеев Владислав</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>
   <si>
+    <t>Клевцов Данил</t>
+  </si>
+  <si>
     <t>Бабенко Лев</t>
-  </si>
-[...1 lines deleted...]
-    <t>Клевцов Данил</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Королев Александр</t>
   </si>
   <si>
     <t>Путин Евгений</t>
   </si>
   <si>
     <t>Рыжков Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t>03-55</t>
   </si>