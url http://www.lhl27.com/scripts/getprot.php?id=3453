--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -126,54 +126,54 @@
   <si>
     <t>27-32</t>
   </si>
   <si>
     <t>Баженов Евгений</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33-42</t>
   </si>
   <si>
     <t>Шленчак Александр</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
     <t>Зорин Никита</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гутов Иван</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Афанасенко Евгений</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
@@ -1166,78 +1166,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>14</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>14</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>23</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>