--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -123,59 +123,59 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>44:06</t>
   </si>
   <si>
     <t>Поляков Степан</t>
   </si>
   <si>
     <t>Храмцов Кирилл</t>
   </si>
   <si>
     <t>Старовойтов Никита</t>
   </si>
   <si>
     <t>Воробьев Евгений</t>
   </si>
   <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Соловьев Евгений</t>
   </si>
   <si>
+    <t>Шабаршин Александр</t>
+  </si>
+  <si>
     <t>Корчагин Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Шабаршин Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Андрейчук Владимир</t>
   </si>
   <si>
     <t>Шиповалов Евгений</t>
   </si>
   <si>
     <t>Хоменко Вячеслав</t>
   </si>
   <si>
     <t>Визнюк Виктор</t>
   </si>
   <si>
     <t>Садовников Андрей</t>
   </si>
   <si>
     <t>Рудукан Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Медведи*»</t>
@@ -186,54 +186,54 @@
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>17:01</t>
   </si>
   <si>
     <t>42:38</t>
   </si>
   <si>
     <t>23:20</t>
   </si>
   <si>
     <t>39:09</t>
   </si>
   <si>
     <t>Цисляк Игорь</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
+    <t>Троценко Антон</t>
+  </si>
+  <si>
     <t>Середа Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Троценко Антон</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Лампадов Данилл</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Урупа Андрей</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
@@ -1170,78 +1170,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>69</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>69</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>72</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1838,78 +1838,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>22</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>24</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -1946,51 +1946,51 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>30</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>32</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>