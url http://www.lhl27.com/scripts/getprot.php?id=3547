--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -123,102 +123,102 @@
   <si>
     <t>Храмцов Кирилл</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
   <si>
     <t>Старовойтов Никита</t>
   </si>
   <si>
     <t>Воробьев Евгений</t>
   </si>
   <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Соловьев Евгений</t>
   </si>
   <si>
     <t>Воробьев Алексей</t>
   </si>
   <si>
     <t>Магодеев Евгений</t>
   </si>
   <si>
+    <t>Шабаршин Александр</t>
+  </si>
+  <si>
     <t>Корчагин Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Шабаршин Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Андрейчук Владимир</t>
   </si>
   <si>
     <t>Шиповалов Евгений</t>
   </si>
   <si>
     <t>Шиков Андрей</t>
   </si>
   <si>
     <t>Хоменко Вячеслав</t>
   </si>
   <si>
     <t>Садовников Андрей</t>
   </si>
   <si>
     <t>Пигулевский Евгений</t>
   </si>
   <si>
     <t>Рудукан Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл*»</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>Богданов Андрей</t>
   </si>
   <si>
     <t>Берба Алексей</t>
   </si>
   <si>
+    <t>Довбня Никита</t>
+  </si>
+  <si>
     <t>Гаврилюк Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Довбня Никита</t>
   </si>
   <si>
     <t>- 1</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Гусак Артем</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1261,78 +1261,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>69</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>69</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>72</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -1755,127 +1755,127 @@
       <c r="L32" s="7">
         <v>32</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>70</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7">
         <v>25.21</v>
       </c>
       <c r="K33" s="7">
         <v>47</v>
       </c>
       <c r="L33" s="7">
         <v>32</v>
       </c>
       <c r="M33" s="7">
         <v>23</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>70</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>53</v>
       </c>
       <c r="J34" s="7">
         <v>28.1</v>
       </c>
       <c r="K34" s="7">
         <v>41</v>
       </c>
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>77</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7">
         <v>29.26</v>
       </c>
       <c r="K35" s="7">
         <v>47</v>
       </c>
       <c r="L35" s="7">
         <v>89</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">