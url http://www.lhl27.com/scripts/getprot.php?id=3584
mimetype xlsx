--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -129,66 +129,66 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>35-05</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>41-20</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Гулевич Владислав</t>
   </si>
   <si>
     <t>Иванов Александр</t>
   </si>
   <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Грудинин Константин</t>
   </si>
   <si>
-    <t>Гончаров Иван</t>
-[...1 lines deleted...]
-  <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
     <t>Чижов Сергей</t>
   </si>
   <si>
+    <t>Харченко Дмитрий</t>
+  </si>
+  <si>
     <t>Ермаков Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Харченко Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Пульсар*»</t>
   </si>
   <si>
     <t>Назаревич Денис</t>
   </si>
   <si>
     <t>33-45</t>
   </si>
   <si>
     <t>0-46</t>
   </si>
   <si>
     <t>Мирзоев Шерали</t>
   </si>
   <si>
     <t>33-20</t>
   </si>
@@ -1202,78 +1202,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>85</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>85</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>87</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1310,78 +1310,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>91</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>91</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>