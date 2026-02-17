--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -189,78 +189,78 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>1-30</t>
   </si>
   <si>
     <t>7-50</t>
   </si>
   <si>
     <t>10-05</t>
   </si>
   <si>
     <t>23-33</t>
   </si>
   <si>
+    <t>Огурцов Александр</t>
+  </si>
+  <si>
+    <t>31-0</t>
+  </si>
+  <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
-    <t>31-0</t>
+    <t>44-51</t>
   </si>
   <si>
     <t>Маковецкий Виктор</t>
   </si>
   <si>
-    <t>44-51</t>
-[...4 lines deleted...]
-  <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
+    <t>Голощапов Николай</t>
+  </si>
+  <si>
     <t>Капунов Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Лесь-Нелин Александр</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Копиенко Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1761,51 +1761,51 @@
       </c>
       <c r="O31" s="7">
         <v>99</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>6</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>8</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>58</v>
       </c>
       <c r="K32" s="7">
         <v>16</v>
       </c>
       <c r="L32" s="7">
         <v>96</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
@@ -1837,51 +1837,51 @@
       <c r="L33" s="7">
         <v>16</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>8</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>9</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>