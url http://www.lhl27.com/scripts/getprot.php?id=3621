--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -1947,51 +1947,51 @@
       <c r="B41" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">