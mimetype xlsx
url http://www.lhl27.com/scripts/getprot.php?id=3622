--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -123,54 +123,54 @@
   <si>
     <t>Юрченко Константин</t>
   </si>
   <si>
     <t>44-17</t>
   </si>
   <si>
     <t>Лашуня Алексей</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
     <t>Сизиков Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Маслянский Михаил</t>
   </si>
   <si>
     <t>Еникеев Дмитрий</t>
   </si>
   <si>
+    <t>Иокша Александр</t>
+  </si>
+  <si>
     <t>Казимирчук Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иокша Александр</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Транснефть*»</t>
   </si>
   <si>
     <t>+2</t>
   </si>
   <si>
     <t>44-47</t>
   </si>
   <si>
     <t>37-13</t>
   </si>