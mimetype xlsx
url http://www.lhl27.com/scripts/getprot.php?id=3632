--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -150,54 +150,54 @@
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Локтев Андрей</t>
   </si>
   <si>
     <t>Давыденко Игорь</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
   <si>
     <t>Прянишников Денис</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Братега Артем</t>
+  </si>
+  <si>
     <t>Махраков Даниил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Братега Артем</t>
   </si>
   <si>
     <t>Бражников Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
   <si>
     <t>22-35</t>
   </si>
   <si>
     <t>01-35</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
@@ -1329,78 +1329,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>89</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>89</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>100</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>