--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -120,54 +120,54 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>28-30</t>
   </si>
   <si>
     <t>38-03</t>
   </si>
   <si>
     <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>32-33</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
+    <t>Карпусь Владислав</t>
+  </si>
+  <si>
     <t>Пилюгин Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Лесь-Нелин Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>