--- v0 (2025-12-10)
+++ v1 (2026-02-17)
@@ -108,57 +108,57 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>43-29</t>
   </si>
   <si>
     <t>29-34</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>44-06</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Лопухов Егор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1080,105 +1080,105 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>19</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>19</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>27</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1215,51 +1215,51 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>74</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>86</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1664,51 +1664,51 @@
       </c>
       <c r="O31" s="7">
         <v>85</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>2</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K32" s="7">
         <v>51</v>
       </c>
       <c r="L32" s="7">
         <v>87</v>
       </c>
       <c r="M32" s="7">
         <v>8</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O32" s="7">
         <v>2</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
@@ -1791,51 +1791,51 @@
       <c r="L34" s="7">
         <v>99</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K35" s="7">
         <v>8</v>
       </c>
       <c r="L35" s="7">
         <v>51</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -1936,78 +1936,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>85</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>87</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>92</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>