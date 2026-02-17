--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -126,57 +126,57 @@
   <si>
     <t>23-20</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>28-00</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>Пронкевич Александр</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Климчук Михаил</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Лавриненко Денис</t>
   </si>
   <si>
     <t>Потинцев Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>01-05</t>
   </si>
   <si>
     <t>02-00</t>
   </si>
@@ -1151,105 +1151,105 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>29</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>30</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>31</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>33</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1925,51 +1925,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>20</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>56</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>