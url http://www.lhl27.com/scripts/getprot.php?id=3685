--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -87,60 +87,60 @@
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>08-38</t>
   </si>
   <si>
+    <t>Маковецкий Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>21-04</t>
+  </si>
+  <si>
     <t>Подкопаев Филипп</t>
-  </si>
-[...7 lines deleted...]
-    <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>31-04</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>38-02</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>