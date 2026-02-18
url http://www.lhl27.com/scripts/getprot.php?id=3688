--- v0 (2025-12-07)
+++ v1 (2026-02-18)
@@ -153,54 +153,54 @@
   <si>
     <t>43-30</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Лидер»</t>
   </si>
   <si>
     <t>Храпак Константин</t>
   </si>
   <si>
     <t>44-50</t>
   </si>
   <si>
     <t>26-05</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
     <t>Лазарев Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Заикин Илья</t>
   </si>
   <si>
     <t>Воронцов Роман</t>
   </si>
   <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
   </si>
   <si>
     <t>Лавриненко Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
   </si>