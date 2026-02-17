--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -207,75 +207,75 @@
   <si>
     <t>04:15</t>
   </si>
   <si>
     <t>Басенко Павел</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>Суслина Татьяна</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>17:01</t>
   </si>
   <si>
     <t>Небесных Василий</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
   </si>
   <si>
-    <t>Дылев Максим</t>
-[...1 lines deleted...]
-  <si>
     <t>Разинкин Сергей</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Аббасов Касум</t>
   </si>
   <si>
+    <t>Швец Владимир</t>
+  </si>
+  <si>
     <t>Кузнецов Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Швец Владимир</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Попов Михаил</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
 </sst>
 </file>
 
@@ -1881,86 +1881,86 @@
       </c>
       <c r="O34" s="7">
         <v>66</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>19</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>24</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="O35" s="7">
         <v>10</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>19</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>24</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7" t="s">
         <v>33</v>
       </c>
       <c r="O36" s="7">
         <v>66</v>
       </c>
       <c r="P36" s="7">
         <v>2</v>
       </c>
       <c r="Q36" s="7">
         <v>6</v>
       </c>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>27</v>
@@ -2124,78 +2124,78 @@
       </c>
       <c r="O41" s="7">
         <v>66</v>
       </c>
       <c r="P41" s="7">
         <v>10</v>
       </c>
       <c r="Q41" s="7">
         <v>39</v>
       </c>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>66</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>66</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>78</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>