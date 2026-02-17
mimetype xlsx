--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -105,69 +105,69 @@
   <si>
     <t>Ищенко Павел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>38:20</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>Шаповалов Василий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>18:26</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
+    <t>Вяткин Алексей</t>
+  </si>
+  <si>
     <t>Стафеев Илья</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Вяткин Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
+    <t>Лопухов Егор</t>
+  </si>
+  <si>
     <t>Назаров Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Зырянов Андрей</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1041,78 +1041,78 @@
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>11</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>11</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>12</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -1149,78 +1149,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>19</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>19</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>25</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1656,51 +1656,51 @@
       </c>
       <c r="O30" s="7">
         <v>14</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>2</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K31" s="7">
         <v>33</v>
       </c>
       <c r="L31" s="7">
         <v>86</v>
       </c>
       <c r="M31" s="7">
         <v>87</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O31" s="7">
         <v>89</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>