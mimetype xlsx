--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -120,60 +120,60 @@
   <si>
     <t>17:00</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>31:45</t>
   </si>
   <si>
     <t>19:08</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
     <t>25:15</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>36:22</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
@@ -1092,86 +1092,86 @@
       </c>
       <c r="O8" s="6">
         <v>7</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>5</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>27</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O9" s="6">
         <v>30</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>2</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>27</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>28</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -2013,51 +2013,51 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>72</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>77</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>