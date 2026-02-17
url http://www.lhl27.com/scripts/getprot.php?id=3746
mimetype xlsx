--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -1322,51 +1322,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>30</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>78</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>