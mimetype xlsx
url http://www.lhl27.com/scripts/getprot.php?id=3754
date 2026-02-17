--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -192,69 +192,69 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские медведи»</t>
   </si>
   <si>
     <t>Гальченко Станислав</t>
   </si>
   <si>
     <t>6-27</t>
   </si>
   <si>
     <t>11-22</t>
   </si>
   <si>
     <t>Баженов Евгений</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>16-35</t>
   </si>
   <si>
+    <t>Зорин Никита</t>
+  </si>
+  <si>
+    <t>22-15</t>
+  </si>
+  <si>
     <t>Гутов Иван</t>
   </si>
   <si>
-    <t>22-15</t>
-[...4 lines deleted...]
-  <si>
     <t>26-33</t>
   </si>
   <si>
+    <t>Богачев Артем</t>
+  </si>
+  <si>
+    <t>42-01</t>
+  </si>
+  <si>
     <t>Трофимович Дмитрий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Богачев Артем</t>
   </si>
   <si>
     <t>43-30</t>
   </si>
   <si>
     <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>44-15</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Шеронов Илья</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
@@ -1810,86 +1810,86 @@
       </c>
       <c r="O32" s="7">
         <v>16</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>2</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>14</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O33" s="7">
         <v>16</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>9</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>14</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O34" s="7">
         <v>83</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>2</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>16</v>