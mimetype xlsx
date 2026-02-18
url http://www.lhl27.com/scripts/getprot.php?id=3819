--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -153,57 +153,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
   <si>
     <t>Синицын Сергей</t>
   </si>
   <si>
     <t>9-55</t>
   </si>
   <si>
     <t>13-25</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
   <si>
     <t>44-05</t>
   </si>
   <si>
     <t>13-57</t>
   </si>
   <si>
+    <t>Павлов Анатолий</t>
+  </si>
+  <si>
+    <t>19-55</t>
+  </si>
+  <si>
     <t>Лысков Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Павлов Анатолий</t>
   </si>
   <si>
     <t>41-22</t>
   </si>
   <si>
     <t>Банин Алексей</t>
   </si>
   <si>
     <t>Кулик Александр</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Тамашевский Дмитрий</t>
   </si>
   <si>
     <t>Крамарь Алексей</t>
   </si>
   <si>
     <t>Попов Евгений</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>