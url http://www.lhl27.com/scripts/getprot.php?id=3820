--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -162,69 +162,69 @@
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул*»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>6-54</t>
   </si>
   <si>
     <t>4-39</t>
   </si>
   <si>
+    <t>Оселедец Станислав</t>
+  </si>
+  <si>
+    <t>6-32</t>
+  </si>
+  <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
-    <t>6-32</t>
-[...4 lines deleted...]
-  <si>
     <t>9-46</t>
   </si>
   <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
     <t>Зайков Роман</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Павел</t>
   </si>
   <si>
     <t>39-53</t>
   </si>
   <si>
     <t>Капитонов Роман</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1642,121 +1642,121 @@
       </c>
       <c r="O30" s="7">
         <v>36</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>4</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>3</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O31" s="7">
         <v>33</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>2</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>3</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>51</v>
       </c>
       <c r="O32" s="7">
         <v>33</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>5</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>33</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>27</v>
       </c>
       <c r="O33" s="7">
         <v>36</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>19</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>33</v>
@@ -1782,51 +1782,51 @@
       </c>
       <c r="O34" s="7">
         <v>36</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>13</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>33</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O35" s="7">
         <v>33</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>13</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>36</v>