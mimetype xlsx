--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -111,57 +111,57 @@
   <si>
     <t>42:15</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>Краснослободцев Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>6:05</t>
   </si>
   <si>
+    <t>Долбенко Михаил</t>
+  </si>
+  <si>
+    <t>9:30</t>
+  </si>
+  <si>
     <t>Шабала Денис</t>
-  </si>
-[...4 lines deleted...]
-    <t>Долбенко Михаил</t>
   </si>
   <si>
     <t>26:50</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>27:30</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
   <si>
     <t>28:55</t>
   </si>
   <si>
     <t>Русинов Денис</t>
   </si>
   <si>
     <t>33:30</t>
   </si>
   <si>
     <t>Молчанов Сергей</t>
   </si>
@@ -1069,90 +1069,90 @@
       <c r="L7" s="6">
         <v>0</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>8</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="6">
         <v>15</v>
       </c>
       <c r="L8" s="6">
         <v>0</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K9" s="6">
         <v>15</v>
       </c>
       <c r="L9" s="6">
         <v>88</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>