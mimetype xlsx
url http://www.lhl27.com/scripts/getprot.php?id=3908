--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -174,54 +174,54 @@
   <si>
     <t>Команда « Б » «Медведи»</t>
   </si>
   <si>
     <t>43:20</t>
   </si>
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>44:10</t>
   </si>
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Патрушев Артем</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
+    <t>Лубков Дмитрий</t>
+  </si>
+  <si>
     <t>Борисов Егор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Лампадов Данилл</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Сачаков Вадим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>