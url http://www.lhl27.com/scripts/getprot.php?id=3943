--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -210,54 +210,54 @@
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>28-56</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>44-58</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
+    <t>Вялый Павел</t>
+  </si>
+  <si>
     <t>Ширяев Вадим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вялый Павел</t>
   </si>
   <si>
     <t>Сухинин Антон</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>