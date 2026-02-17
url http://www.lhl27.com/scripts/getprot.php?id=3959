--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -159,60 +159,60 @@
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Гусак Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы 2»</t>
   </si>
   <si>
     <t>Лисовский Игорь</t>
   </si>
   <si>
     <t>3-15</t>
   </si>
   <si>
     <t>6-45</t>
   </si>
   <si>
+    <t>Ким Сергей</t>
+  </si>
+  <si>
+    <t>25-25</t>
+  </si>
+  <si>
+    <t>9-30</t>
+  </si>
+  <si>
     <t>Хрустовский Илья</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ким Сергей</t>
   </si>
   <si>
     <t>29-40</t>
   </si>
   <si>
     <t>17-50</t>
   </si>
   <si>
     <t>Полубоярцев Егор</t>
   </si>
   <si>
     <t>34-50</t>
   </si>
   <si>
     <t>28-05</t>
   </si>
   <si>
     <t>Чернецкий Алексей</t>
   </si>
   <si>
     <t>43-12</t>
   </si>
   <si>
     <t>Скачков Александр</t>
   </si>
@@ -1643,96 +1643,96 @@
       </c>
       <c r="O30" s="7">
         <v>37</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>3</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>16</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K31" s="7">
         <v>86</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O31" s="7">
         <v>84</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>16</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K32" s="7">
         <v>86</v>
       </c>
       <c r="L32" s="7">
         <v>33</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O32" s="7">
         <v>8</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>