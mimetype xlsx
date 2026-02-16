--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -114,54 +114,54 @@
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>35-50</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Капунов Евгений</t>
+  </si>
+  <si>
     <t>Голощапов Николай</t>
-  </si>
-[...1 lines deleted...]
-    <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Копиенко Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>