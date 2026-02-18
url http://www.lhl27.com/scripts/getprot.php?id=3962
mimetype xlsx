--- v1 (2026-02-16)
+++ v2 (2026-02-18)
@@ -114,56 +114,56 @@
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>35-50</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Голощапов Николай</t>
+  </si>
+  <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
-    <t>Голощапов Николай</t>
-[...1 lines deleted...]
-  <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Копиенко Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
@@ -192,54 +192,54 @@
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Мерецкий Никита</t>
   </si>
   <si>
     <t>Боярчук Михаил</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Давыденко Игорь</t>
   </si>
   <si>
     <t>Горохов Игорь</t>
   </si>
   <si>
+    <t>Махраков Даниил</t>
+  </si>
+  <si>
     <t>Братега Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Махраков Даниил</t>
   </si>
   <si>
     <t>Бражников Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1906,78 +1906,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>89</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>89</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>100</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>