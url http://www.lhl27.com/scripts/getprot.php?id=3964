--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -96,87 +96,87 @@
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Чурсин Артём</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>14-16</t>
   </si>
   <si>
     <t>Дебелый Леонид</t>
   </si>
   <si>
     <t>32-09</t>
   </si>
   <si>
+    <t>Харитонов Олег</t>
+  </si>
+  <si>
+    <t>33-19</t>
+  </si>
+  <si>
     <t>Маслов Иван</t>
   </si>
   <si>
-    <t>33-19</t>
-[...4 lines deleted...]
-  <si>
     <t>39-38</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Созонов Михаил</t>
   </si>
   <si>
     <t>Дебелый Константин</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
+    <t>Шавелькин Игорь</t>
+  </si>
+  <si>
+    <t>Гаранин Илья</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...7 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Орлов Александр</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Кузин Илья</t>
   </si>
   <si>
     <t>Беленьков Алексей</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
   <si>
     <t>Бердников Виктор</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
@@ -987,51 +987,51 @@
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O6" s="6">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>5</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>7</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="6"/>
@@ -1178,115 +1178,115 @@
       <c r="B12" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>26</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1897,51 +1897,51 @@
       <c r="L35" s="7">
         <v>0</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>33</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H36" s="7">
         <v>7</v>
       </c>
       <c r="I36" s="7"/>
       <c r="J36" s="7" t="s">
         <v>66</v>
       </c>
       <c r="K36" s="7">
         <v>10</v>
       </c>
       <c r="L36" s="7">
         <v>15</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">