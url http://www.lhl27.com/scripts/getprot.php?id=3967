--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -159,78 +159,78 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>8-15</t>
   </si>
   <si>
     <t>31-59</t>
   </si>
   <si>
     <t>18-10</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>36-31</t>
   </si>
   <si>
+    <t>Пилюгин Дмитрий</t>
+  </si>
+  <si>
+    <t>38-00</t>
+  </si>
+  <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
-    <t>38-00</t>
-[...4 lines deleted...]
-  <si>
     <t>40-32</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>42-15</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>44-44</t>
   </si>
   <si>
+    <t>Годинов Андрей</t>
+  </si>
+  <si>
     <t>Лесь-Нелин Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Копиенко Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 