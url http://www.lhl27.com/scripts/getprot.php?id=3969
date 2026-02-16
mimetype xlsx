--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -156,60 +156,60 @@
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>07-01</t>
   </si>
   <si>
     <t>10-08</t>
   </si>
   <si>
     <t>20-31</t>
   </si>
   <si>
+    <t>Подкопаев Филипп</t>
+  </si>
+  <si>
+    <t>26-51</t>
+  </si>
+  <si>
+    <t>32-08</t>
+  </si>
+  <si>
     <t>Маковецкий Виктор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Лесь-Нелин Александр</t>
   </si>
   <si>
     <t>Симаков Михаил</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>