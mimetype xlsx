--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -174,54 +174,54 @@
   <si>
     <t>Зыков Дмитрий</t>
   </si>
   <si>
     <t>Матвеев Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
     <t>Куксов Евгений</t>
   </si>
   <si>
+    <t>Подлесный Евгений</t>
+  </si>
+  <si>
     <t>Калинин Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Подлесный Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t>36-15</t>
   </si>
   <si>
     <t>14-25</t>
   </si>
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>18-25</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
@@ -1500,78 +1500,78 @@
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>99</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>99</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5"/>
       <c r="B24" s="12"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>