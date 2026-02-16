--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -165,57 +165,57 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Чурсин Артём</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>44:59</t>
   </si>
   <si>
     <t>Дебелый Леонид</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
+    <t>Харитонов Олег</t>
+  </si>
+  <si>
+    <t>29:30</t>
+  </si>
+  <si>
     <t>Маслов Иван</t>
-  </si>
-[...4 lines deleted...]
-    <t>Харитонов Олег</t>
   </si>
   <si>
     <t>43:32</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>Сизов Дмитрий</t>
   </si>
   <si>
     <t>Созонов Михаил</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>Коршунов Артём</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
@@ -1852,51 +1852,51 @@
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">