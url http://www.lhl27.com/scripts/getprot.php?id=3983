--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -165,90 +165,90 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Чурсин Артём</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>44:59</t>
   </si>
   <si>
     <t>Дебелый Леонид</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
+    <t>Маслов Иван</t>
+  </si>
+  <si>
+    <t>29:30</t>
+  </si>
+  <si>
     <t>Харитонов Олег</t>
   </si>
   <si>
-    <t>29:30</t>
-[...4 lines deleted...]
-  <si>
     <t>43:32</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>Сизов Дмитрий</t>
   </si>
   <si>
     <t>Созонов Михаил</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>Коршунов Артём</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Чеботарев Денис</t>
   </si>
   <si>
+    <t>Глухов Денис</t>
+  </si>
+  <si>
     <t>Шерстнев Виталий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Глухов Денис</t>
   </si>
   <si>
     <t>Бердников Виктор</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1970,78 +1970,78 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>83</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>83</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>87</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>