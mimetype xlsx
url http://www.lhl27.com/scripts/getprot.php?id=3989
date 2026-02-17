--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -198,54 +198,54 @@
   <si>
     <t>7-42</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>26-30</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>32-38</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>39-19</t>
   </si>
   <si>
+    <t>Шеронов Илья</t>
+  </si>
+  <si>
     <t>Кумыков Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шеронов Илья</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1837,78 +1837,78 @@
       </c>
       <c r="O34" s="7">
         <v>93</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>19</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>27</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>33</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>