--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -129,72 +129,72 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Баженов Евгений</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Тарасов Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Сабанов Майран</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
     <t>Богачев Артем</t>
   </si>
   <si>
-    <t>Трофимович Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Шеронов Илья</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
+    <t>Вишневский Алексей</t>
+  </si>
+  <si>
     <t>Лазутин Юрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Совы*»</t>
   </si>
   <si>
     <t>Колесник Артем</t>
   </si>
   <si>
     <t>22-11</t>
   </si>
   <si>
     <t>43-13</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
@@ -1388,78 +1388,78 @@
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>83</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>83</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>93</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>