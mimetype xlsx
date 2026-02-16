--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -177,54 +177,54 @@
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>33-08</t>
   </si>
   <si>
     <t>10-36</t>
   </si>
   <si>
     <t>Тюгашев Вадим</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Чурсин Артём</t>
   </si>
   <si>
     <t>Дебелый Леонид</t>
   </si>
   <si>
+    <t>Харитонов Олег</t>
+  </si>
+  <si>
     <t>Маслов Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Харитонов Олег</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>Коршунов Артём</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Бердников Виктор</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1830,51 +1830,51 @@
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">