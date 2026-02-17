--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -177,54 +177,54 @@
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>33-08</t>
   </si>
   <si>
     <t>10-36</t>
   </si>
   <si>
     <t>Тюгашев Вадим</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Чурсин Артём</t>
   </si>
   <si>
     <t>Дебелый Леонид</t>
   </si>
   <si>
+    <t>Маслов Иван</t>
+  </si>
+  <si>
     <t>Харитонов Олег</t>
-  </si>
-[...1 lines deleted...]
-    <t>Маслов Иван</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>Коршунов Артём</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Бердников Виктор</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>