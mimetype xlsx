--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -192,54 +192,54 @@
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>19-00</t>
   </si>
   <si>
     <t>42-00</t>
   </si>
   <si>
     <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>23-40</t>
   </si>
   <si>
     <t>44-40</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
+    <t>Пилюгин Дмитрий</t>
+  </si>
+  <si>
     <t>Карпусь Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Лесь-Нелин Александр</t>
   </si>
   <si>
     <t>Храмов Владимир</t>
   </si>
   <si>
     <t>Симаков Михаил</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Уткин Павел</t>
   </si>
   <si>
     <t>Кучикин Денис</t>
   </si>