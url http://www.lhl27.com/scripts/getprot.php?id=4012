--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -177,54 +177,54 @@
   <si>
     <t>30:00</t>
   </si>
   <si>
     <t>Харитонов Олег</t>
   </si>
   <si>
     <t>Винокуров Юрий</t>
   </si>
   <si>
     <t>Сизов Дмитрий</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>Коршунов Артём</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
+    <t>Шерстнев Виталий</t>
+  </si>
+  <si>
     <t>Глухов Денис</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шерстнев Виталий</t>
   </si>
   <si>
     <t>Бердников Виктор</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Голяк Константин</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
 </sst>
 </file>
 
@@ -1750,51 +1750,51 @@
       <c r="B36" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
@@ -1841,78 +1841,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>83</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>83</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>87</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>