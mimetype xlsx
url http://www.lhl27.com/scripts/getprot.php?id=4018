--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -105,57 +105,57 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>17:38</t>
   </si>
   <si>
     <t>31:57</t>
   </si>
   <si>
     <t>33:02</t>
   </si>
   <si>
     <t>Кених Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Дорофеев Евгений</t>
   </si>
   <si>
+    <t>Туезов Анатолий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Бабич Илья</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Пименов Евгений</t>
   </si>
   <si>
     <t>Власов Кирилл</t>
   </si>
   <si>
     <t>Зосимов Андрей</t>
   </si>
   <si>
     <t>Жуков Руслан</t>
   </si>
   <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Гостев Владимир</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
@@ -1014,78 +1014,78 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>11</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>11</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>16</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1149,51 +1149,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>69</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>75</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1230,51 +1230,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>78</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>83</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>