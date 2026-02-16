--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -114,57 +114,57 @@
   <si>
     <t>9-11</t>
   </si>
   <si>
     <t>Стасюкевич Константин</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>25-00</t>
   </si>
   <si>
     <t>15-25</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>27-32</t>
   </si>
   <si>
     <t>32-13</t>
   </si>
   <si>
+    <t>Нестеров Виталий</t>
+  </si>
+  <si>
+    <t>29-58</t>
+  </si>
+  <si>
     <t>Соколов Петр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>38-00</t>
   </si>
   <si>
     <t>Стреж Илья</t>
   </si>
   <si>
     <t>40-58</t>
   </si>
   <si>
     <t>Бурков Сергей</t>
   </si>
   <si>
     <t>43-28</t>
   </si>
   <si>
     <t>Степанов Павел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Сапежников Алексей</t>
   </si>