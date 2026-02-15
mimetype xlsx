--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -81,63 +81,63 @@
   <si>
     <t>Ис</t>
   </si>
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
+    <t>Шмаин Илья</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>29:40</t>
+  </si>
+  <si>
+    <t>8:30</t>
+  </si>
+  <si>
     <t>Синицын Сергей</t>
-  </si>
-[...10 lines deleted...]
-    <t>Шмаин Илья</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>33:25</t>
   </si>
   <si>
     <t>18:40</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>34:15</t>
   </si>
   <si>
     <t>Павлов Анатолий</t>
   </si>
   <si>
     <t>Долгалев Роман</t>
   </si>