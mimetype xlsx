--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -108,57 +108,57 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>00-05</t>
   </si>
   <si>
     <t>30-30</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>6-25</t>
   </si>
   <si>
     <t>44-55</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>20-50</t>
   </si>
   <si>
+    <t>Болибрух Иван</t>
+  </si>
+  <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1043,78 +1043,78 @@
       <c r="L7" s="6">
         <v>0</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>33</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>33</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>38</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -1767,51 +1767,51 @@
       <c r="L33" s="7">
         <v>8</v>
       </c>
       <c r="M33" s="7">
         <v>35</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>20</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>