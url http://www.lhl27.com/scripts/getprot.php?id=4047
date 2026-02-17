--- v0 (2026-02-16)
+++ v1 (2026-02-17)
@@ -111,54 +111,54 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>36:20</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>44:15</t>
   </si>
   <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
     <t>Богачев Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>