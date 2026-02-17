--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -1619,51 +1619,51 @@
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>44</v>
       </c>
       <c r="K30" s="7">
         <v>88</v>
       </c>
       <c r="L30" s="7">
         <v>17</v>
       </c>
       <c r="M30" s="7">
         <v>9</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>45</v>
       </c>
       <c r="O30" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>3</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>8</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="7">
@@ -1926,51 +1926,51 @@
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">