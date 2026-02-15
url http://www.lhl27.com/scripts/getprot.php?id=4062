--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -150,57 +150,57 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>29-49</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>34-28</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>43-39</t>
   </si>
   <si>
     <t>Рассейкин Максим</t>
   </si>
   <si>
     <t>43-59</t>
   </si>
   <si>
+    <t>Дереча Евгений</t>
+  </si>
+  <si>
+    <t>44-47</t>
+  </si>
+  <si>
     <t>Мамин Пётр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дереча Евгений</t>
   </si>
   <si>
     <t>Чеховский Михаил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс*»</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>14-00</t>
   </si>
   <si>
     <t>02-00</t>
   </si>
   <si>
     <t>Плахотный Андрей</t>
   </si>
@@ -1848,51 +1848,51 @@
       <c r="L33" s="7">
         <v>31</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>30</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>35</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>