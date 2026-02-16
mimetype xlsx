--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -180,54 +180,54 @@
   <si>
     <t>Заседа Алексей</t>
   </si>
   <si>
     <t>25-14</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>28-11</t>
   </si>
   <si>
     <t>32-58</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>35-40</t>
   </si>
   <si>
     <t>Абраменко Иван</t>
   </si>
   <si>
+    <t>Богомолов Артем</t>
+  </si>
+  <si>
     <t>Рассказов Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Богомолов Артем</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Евтеев Максим</t>
   </si>
   <si>
     <t>Бухтояров Антон</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Лесник Арсентий</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
     <t>Степанов Алексей</t>
   </si>
   <si>
     <t>Лошкович Андрей</t>
   </si>