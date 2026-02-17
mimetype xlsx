--- v0 (2025-12-15)
+++ v1 (2026-02-17)
@@ -117,66 +117,66 @@
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>33:07</t>
   </si>
   <si>
     <t>16:08</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>37:04</t>
   </si>
   <si>
     <t>19:15</t>
   </si>
   <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>ПВ</t>
+  </si>
+  <si>
+    <t>44:55</t>
+  </si>
+  <si>
+    <t>43:45</t>
+  </si>
+  <si>
     <t>Богачев Артем</t>
-  </si>
-[...13 lines deleted...]
-    <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>44:44</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>